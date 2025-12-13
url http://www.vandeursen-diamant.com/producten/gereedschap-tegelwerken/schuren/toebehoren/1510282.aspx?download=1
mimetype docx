--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -173,51 +173,51 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">1510282</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2952750" cy="2952750"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="/ImageGen.ashx?image=/media/143609/1510282t.jpg&amp;Height=310&amp;Text=&amp;Align=center&amp;FontSize=7" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="/ImageGen.ashx?image=/media/143609/1510282t.jpg&amp;Height=310&amp;Text=&amp;Align=center&amp;FontSize=7" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R86a218e0f0d24417"/>
+                    <a:blip r:embed="R1f58f061c3134e59"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2952750" cy="2952750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">De zelfklevende opname -harde uitvoering bevat geen rubberen laag. Een standaard klittenband laag direct op de ondergrond zorgt voor een gelijkmatig schuurbeeld.</w:t>
       </w:r>
@@ -1146,51 +1146,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BallontekstChar" w:customStyle="1">
     <w:name w:val="Ballontekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Ballontekst"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00846999"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R86a218e0f0d24417" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R1f58f061c3134e59" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>