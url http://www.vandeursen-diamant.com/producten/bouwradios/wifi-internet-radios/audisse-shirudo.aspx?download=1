--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -1,32 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -174,51 +175,51 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Audisse Shirudo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4429125" cy="2952750"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="/ImageGen.ashx?image=/media/397525/shirudo-slider-1.jpg&amp;Height=310&amp;Text=&amp;Align=center&amp;FontSize=7" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="/ImageGen.ashx?image=/media/397525/shirudo-slider-1.jpg&amp;Height=310&amp;Text=&amp;Align=center&amp;FontSize=7" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="R5d5c4c58668b47bf"/>
+                    <a:blip r:embed="Rc15e93de3f004e05"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4429125" cy="2952750"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="heading 2"/>
       </w:pPr>
@@ -230,147 +231,232 @@
       <w:r>
         <w:t xml:space="preserve">Al vele jaren krijgen wij regelmatig de vraag van onze professionele werkradio-klanten naar een hoogwaardige, draagbare radio voor thuis en vrije tijd, maar wel met dezelfde degelijkheid en betrouwbaarheid van onze Perfectpro werkradio’s. Wij namen deze vraag serieus en geven met de nieuwe Audisse Shirudo het antwoord …. en hoe!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">De Audisse Shirudo is de compacte radio die de laatste audio- en radiotechnieken samenbrengt met onze expertise in duurzaam muziekgereedschap. Door zijn unieke veelzijdigheid is de Audisse Shirudo geworden tot het allround sound-systeem voor al uw muziek waar dan ook; @HOME @WORK @PLAY.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="auto" w:type="pct"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="heading 2"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...19 lines deleted...]
-            <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2857500" cy="2505075"/>
+                  <wp:extent cx="1819275" cy="542925"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="6" name="/media/397528/audisse-shirudo-rvv-klep-open-1_300x263.jpg" descr=""/>
+                  <wp:docPr id="6" name="http://audisse.com/wp-content/uploads/2017/02/logo-Audisse.png" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="3" name="/media/397528/audisse-shirudo-rvv-klep-open-1_300x263.jpg" descr="Audisse -Shirudo -RVV-Klep -Open -1"/>
+                          <pic:cNvPr id="3" name="http://audisse.com/wp-content/uploads/2017/02/logo-Audisse.png" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rd635573d5f8f4f60"/>
+                          <a:blip r:embed="Rbd4a989666da45c4"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1819275" cy="542925"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="heading 2"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="942975" cy="638175"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:docPr id="7" name="http://audisse.com/wp-content/uploads/2017/02/Wifi-Logo.png" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="4" name="http://audisse.com/wp-content/uploads/2017/02/Wifi-Logo.png" descr=""/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="R60d2a97d2e3b47c0"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="942975" cy="638175"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">WiFi Internet Radio</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Met WiFi Internet Radio ontvangt u vele duizenden radiozenders, zowel lokaal als internationaal, haarscherp in stereo en ongehinderd door de beperkingen van normale radio-ontvangst. Met het unieke “radio zappen” van Audisse zapt u eenvoudig door uw 40 voorkeuze-zenders op zoek naar goede muziek.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Naast WiFi Internet Radio ontvangt de Audisse Shirudo ook alle DAB+ en FM uitzendingen.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2857500" cy="2505075"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:docPr id="8" name="/media/397528/audisse-shirudo-rvv-klep-open-1_300x263.jpg" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="5" name="/media/397528/audisse-shirudo-rvv-klep-open-1_300x263.jpg" descr="Audisse -Shirudo -RVV-Klep -Open -1"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="R86d6ae53e8b74d31"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2857500" cy="2505075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="auto" w:type="pct"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2857500" cy="2457450"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="7" name="/media/397527/2-klep-dich-768x660_300x258.jpg" descr=""/>
+                  <wp:docPr id="9" name="/media/397527/2-klep-dich-768x660_300x258.jpg" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="4" name="/media/397527/2-klep-dich-768x660_300x258.jpg" descr="2-klep -dich -768x 660"/>
+                          <pic:cNvPr id="6" name="/media/397527/2-klep-dich-768x660_300x258.jpg" descr="2-klep -dich -768x 660"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R2e97e1bf84b9445a"/>
+                          <a:blip r:embed="R771e57c534184c00"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2857500" cy="2457450"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -416,134 +502,176 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="heading 2"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Met werkradio DNA</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">“tougher than the rest”</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">IP65 regen- stof- en vuilbestendig. Shockproof. ABS kunststof behuizing. Metalen handvat. Dikke, metalen antenne. Extra lang snoer. TüV/GS gecertificeerd.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">De Audisse Shirudo verloochent zijn werkradio DNA niet en is daarmee overduidelijk “tougher than the rest.”</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...1 lines deleted...]
-          <w:tcPr/>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2857500" cy="2733675"/>
+                  <wp:extent cx="1943100" cy="809625"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="8" name="/media/397526/3-nat-768x735_300x287.jpg" descr=""/>
+                  <wp:docPr id="10" name="http://audisse.com/wp-content/uploads/2017/02/ip65-gs.png" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="5" name="/media/397526/3-nat-768x735_300x287.jpg" descr="3-nat -768x 735"/>
+                          <pic:cNvPr id="7" name="http://audisse.com/wp-content/uploads/2017/02/ip65-gs.png" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Ra920708b8c854701"/>
+                          <a:blip r:embed="R55bf368c6a4d47b9"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1943100" cy="809625"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2857500" cy="2733675"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:docPr id="11" name="/media/397526/3-nat-768x735_300x287.jpg" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="8" name="/media/397526/3-nat-768x735_300x287.jpg" descr="3-nat -768x 735"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="R415b924df59b4805"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2857500" cy="2733675"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="auto" w:type="pct"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2857500" cy="2876550"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="9" name="/media/397529/appshirudp_300x302.jpg" descr=""/>
+                  <wp:docPr id="12" name="/media/397529/appshirudp_300x302.jpg" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="6" name="/media/397529/appshirudp_300x302.jpg" descr="Appshirudp"/>
+                          <pic:cNvPr id="9" name="/media/397529/appshirudp_300x302.jpg" descr="Appshirudp"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R16913475dd594f95"/>
+                          <a:blip r:embed="Rd9d5a673dc504820"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2857500" cy="2876550"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -579,216 +707,258 @@
               <w:pStyle w:val="heading 2"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Spotify Connect*, Bluetooth &amp; USB</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Uw eigen muziek kunt u op alle manieren afspelen via de Audisse Shirudo; uw Spotify afspeellijsten via Spotify Connect, muziek op uw smartphone streamen via Bluetooth of uw muziekfiles op een USB stick.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">* Spotify Connect vereist een Spotify Premium abonnement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2857500" cy="2066924"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="10" name="/media/397530/app-pl2-768x556_300x217.jpg" descr=""/>
+                  <wp:docPr id="13" name="/media/397530/app-pl2-768x556_300x217.jpg" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="7" name="/media/397530/app-pl2-768x556_300x217.jpg" descr="App -pl 2-768x 556"/>
+                          <pic:cNvPr id="10" name="/media/397530/app-pl2-768x556_300x217.jpg" descr="App -pl 2-768x 556"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R523e938d1c30454a"/>
+                          <a:blip r:embed="R8476b09faec44347"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2857500" cy="2066924"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="auto" w:type="pct"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2847975" cy="2343150"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="11" name="/media/397531/5-achterkant-768x631_299x246.jpg" descr=""/>
+                  <wp:docPr id="14" name="/media/397531/5-achterkant-768x631_299x246.jpg" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="8" name="/media/397531/5-achterkant-768x631_299x246.jpg" descr="5-achterkant -768x 631"/>
+                          <pic:cNvPr id="11" name="/media/397531/5-achterkant-768x631_299x246.jpg" descr="5-achterkant -768x 631"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rc175b657c7fd448d"/>
+                          <a:blip r:embed="R600b37f442ef42e2"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2847975" cy="2343150"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="heading 2"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Onafhankelijk en mobiel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Met zijn grote, ingebouwde Long-Player Lithium-Polymeer accu, die vanzelf oplaadt tijdens het spelen op netstroom, is de Audisse Shirudo maar liefst 12 tot 16 uur onafhankelijk van netstroom te gebruiken. Door de compacte afmetingen en extra beschermende reistas is hij ideaal voor op reis, vakantie en outdoor activiteiten.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Hij kan tevens uw mobiele telefoon of tablet opladen via de USB stroomuitgang.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1400175" cy="590550"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:docPr id="15" name="http://audisse.com/wp-content/uploads/2017/02/longplayer.png" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="12" name="http://audisse.com/wp-content/uploads/2017/02/longplayer.png" descr=""/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="Rb2a3fbf75e514a77"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1400175" cy="590550"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="auto" w:type="pct"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="heading 2"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Functioneel, met en zonder WiFi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Ook indien er geen WiFi beschikbaar is biedt de Audisse Shirudo u alle mogelijkheden om radio te luisteren of uw eigen muziek af te spelen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2857500" cy="695325"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-                  <wp:docPr id="12" name="/media/397532/tabel-nl_300x73.jpg" descr=""/>
+                  <wp:docPr id="16" name="/media/397532/tabel-nl_300x73.jpg" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="9" name="/media/397532/tabel-nl_300x73.jpg" descr="Tabel -nl"/>
+                          <pic:cNvPr id="13" name="/media/397532/tabel-nl_300x73.jpg" descr="Tabel -nl"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rfeb30de04b0b4850"/>
+                          <a:blip r:embed="R0f83247beaec454d"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2857500" cy="695325"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
@@ -1537,50 +1707,96 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:hanging="357"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Regen-, vuil- en stofbestendig (IP65 norm)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:hanging="357"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">TÜV/GS gecertificeerd</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2447925" cy="1600200"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="17" name="http://audisse.com/wp-content/uploads/2017/02/6-tas-300x204.png" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="14" name="http://audisse.com/wp-content/uploads/2017/02/6-tas-300x204.png" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="Ree6df661e7b14779"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2447925" cy="1600200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Geleverd inclusief gevoerde reistas</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00582A79" w:rsidRDefault="00582A79" w:rsidP="00A96ECC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -2561,51 +2777,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BallontekstChar" w:customStyle="1">
     <w:name w:val="Ballontekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Ballontekst"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00846999"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="R5d5c4c58668b47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="Rd635573d5f8f4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="R2e97e1bf84b9445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="Ra920708b8c854701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image7.jpg" Id="R16913475dd594f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image8.jpg" Id="R523e938d1c30454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image9.jpg" Id="Rc175b657c7fd448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/imagea.jpg" Id="Rfeb30de04b0b4850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Re0a0b2b397b644ae" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.jpg" Id="Rc15e93de3f004e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rbd4a989666da45c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R60d2a97d2e3b47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.jpg" Id="R86d6ae53e8b74d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.jpg" Id="R771e57c534184c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R55bf368c6a4d47b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image6.jpg" Id="R415b924df59b4805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image7.jpg" Id="Rd9d5a673dc504820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image8.jpg" Id="R8476b09faec44347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image9.jpg" Id="R600b37f442ef42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="Rb2a3fbf75e514a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/imagea.jpg" Id="R0f83247beaec454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rfbb4601311ff410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="Ree6df661e7b14779" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>